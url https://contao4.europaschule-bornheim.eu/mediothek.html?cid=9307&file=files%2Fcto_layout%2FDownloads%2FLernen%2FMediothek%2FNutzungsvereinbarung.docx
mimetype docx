--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -1,555 +1,371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="54CD1B15" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
-[...6 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="500757A4" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="30C4E492" wp14:editId="0C8178DA">
+              <wp:anchor distT="0" distB="17145" distL="0" distR="14605" simplePos="0" relativeHeight="3" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="30C4E492" wp14:editId="12C848D8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:align>left</wp:align>
+                  <wp:posOffset>5080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
-                  <wp:posOffset>-135254</wp:posOffset>
+                  <wp:posOffset>-137794</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5853600" cy="874800"/>
-                <wp:effectExtent l="0" t="0" r="13970" b="20955"/>
+                <wp:extent cx="2139315" cy="666750"/>
+                <wp:effectExtent l="0" t="0" r="13335" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Textfeld 2"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="1" name="Textfeld 2"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5853600" cy="874800"/>
+                          <a:ext cx="2139315" cy="666750"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1">
                             <a:lumMod val="65000"/>
                             <a:alpha val="20000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="25400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:miter lim="800000"/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:miter/>
                         </a:ln>
                       </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor"/>
+                      </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="55A11ECF" w14:textId="77777777" w:rsidR="00CA138E" w:rsidRPr="0008042A" w:rsidRDefault="00000000" w:rsidP="00DC7ACC">
+                          <w:p w14:paraId="17DD9845" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
                             <w:pPr>
+                              <w:pStyle w:val="Rahmeninhalt"/>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0008042A">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Von der </w:t>
+                              <w:t>Von der Mediothek auszufüllen:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
                               </w:rPr>
-                              <w:t>Mediothek</w:t>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> auszufüllen:</w:t>
+                              <w:br/>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Ausweisnummer:                                          Name:</w:t>
+                              <w:t xml:space="preserve">Ausweisnummer:                                          </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="30C4E492" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-10.65pt;width:460.9pt;height:68.9pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL0+HKMQIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjjJkjQz4hRdug4D&#10;ugvQ7QNoWbaFyaImKbG7ry8lp0m2vg17EXjzIXlIenM9dJodpPMKTcFnkyln0gislGkK/uP73Zs1&#10;Zz6AqUCjkQV/lJ5fb1+/2vQ2l3NsUVfSMQIxPu9twdsQbJ5lXrSyAz9BKw05a3QdBFJdk1UOekLv&#10;dDafTldZj66yDoX0nqy3o5NvE35dSxG+1rWXgemCU20hvS69ZXyz7QbyxoFtlTiWAf9QRQfKUNIT&#10;1C0EYHunXkB1Sjj0WIeJwC7DulZCph6om9n0r24eWrAy9ULkeHuiyf8/WPHl8GC/ORaG9zjQAFMT&#10;3t6j+OmZwV0LppE3zmHfSqgo8SxSlvXW58dPI9U+9xGk7D9jRUOGfcAENNSui6xQn4zQaQCPJ9Ll&#10;EJgg43K9fLuakkuQb321WJMcU0D+/LV1PnyU2LEoFNzRUBM6HO59GEOfQ2Iyj1pVd0rrpMRFkjvt&#10;2AFoBcpm7FDvOyp1tK2W0zEl5KBtC6OVlutUSNrGCJLK+gNfG9YXfL5cUPDL5K4pT6kj3hnxssZO&#10;BboBrTrq/xQEeST8g6nShgZQepSJF22OE4ikj/SHoRwoME6ixOqRZuFw3HW6TRJadL8562nPC+5/&#10;7cFJzvQnQ/N8N1ss4mEkZbG8mpPiLj3lpQeMIKiCB85GcRfGY9pbp5qWMo38GryhHahVGs+5qmPd&#10;tMuJyePdxWO51FPU+e+wfQIAAP//AwBQSwMEFAAGAAgAAAAhAGhOYz3dAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGxQ6yQVFYQ4FQqvVZFo+QA3HpJAPI7iaRr+nmEFy9G9&#10;unNOsZl9ryYcYxfIQLpMQCHVwXXUGHjfPy1uQEW25GwfCA18Y4RNeX5W2NyFE73htONGyQjF3Bpo&#10;mYdc61i36G1chgFJso8westyjo12oz3JuO91liRr7W1H8qG1A1Yt1l+7ozew7z/1y3SVVM8cH7cP&#10;rnPV6pWNubyY7+9AMc78V4ZffEGHUpgO4Uguqt6AiLCBRZauQEl8m6VicpBeur4GXRb6v0D5AwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAvT4coxAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGhOYz3dAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;iwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="#a5a5a5 [2092]" strokeweight="2pt">
+              <v:rect w14:anchorId="30C4E492" id="Textfeld 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:.4pt;margin-top:-10.85pt;width:168.45pt;height:52.5pt;z-index:-503316477;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:1.15pt;mso-wrap-distance-bottom:1.35pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqWBPWDQIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcGzvZJm2tOKuqq+2l&#10;H6vd9gdgDDYSMBRI7Pz7DtjrbLunrXrBMMy84T0e3l+PRpOT8EGBrel6VVIiLIdW2a6mP3/cvnlP&#10;SYjMtkyDFTU9i0CvD69f7QdXiQ30oFvhCYLYUA2upn2MriqKwHthWFiBExY3JXjDIi59V7SeDYhu&#10;dLEpy10xgG+dBy5CwOjNtEkPGV9KweN3KYOIRNcUzxbz6PPYpLE47FnVeeZ6xedjsH84hWHKYtMF&#10;6oZFRo5ePYMyinsIIOOKgylASsVF5oBs1uVfbB565kTmguIEt8gU/h8s/3Z6cHceZRhcqAJOE4tR&#10;epO+eD4yZrHOi1hijIRjcLO++nC13lLCcW+3273bZjWLS7XzIX4WYEia1NTjZWSN2OlLiNgRUx9T&#10;UrMAWrW3Suu8SAYQn7QnJ4ZX13TrXKqP5iu0U2y3Lcv5Apl2PZuiaIopiujZRQkk9/oDX1syIIft&#10;W0x+3tx3zdI64V0Qn57RqCiScthJW/xcFMyzeNYiQWt7LyRRbRZy4jbjTz7Eh4LOfHRjBsOClChR&#10;jBfWziWpWmT7v7B+Kcr9wcal3igLPr2XiefELhGNYzPO/mmgPd95MuB7qmn4dWReUMIs7wGpRkqO&#10;zquuRy9Mt2nh4zGCVNkMCWqqn1ug47O28+tMT+rpOmdd/iGH3wAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABDYOt7bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjtFKw0AQRd8F/2EZwbd2kwaMptkUESyC&#10;oLT6AZPsNAlmZ0N226Z/7/RJ3+bOnXvnlJvZDepEU+g9G0iXCSjixtueWwPfX6+LR1AhIlscPJOB&#10;CwXYVLc3JRbWn3lHp31slZRwKNBAF+NYaB2ajhyGpR+JxTv4yWEUObXaTniWcjfoVZI8aIc9y4cO&#10;R3rpqPnZH52B7SV/t3XCn9ewfas/bNpun4y5v5uf16AizfHvGK74gg6VMNX+yDaowYBwRwOLVZqD&#10;EjvLchlq2WcZ6KrU//mrXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBqWBPWDQIAAIsE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAQ2Dre2wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" o:allowincell="f" fillcolor="#a5a5a5 [2092]" strokeweight="2pt">
                 <v:fill opacity="13107f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="55A11ECF" w14:textId="77777777" w:rsidR="00CA138E" w:rsidRPr="0008042A" w:rsidRDefault="00000000" w:rsidP="00DC7ACC">
+                    <w:p w14:paraId="17DD9845" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
                       <w:pPr>
+                        <w:pStyle w:val="Rahmeninhalt"/>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0008042A">
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Von der </w:t>
+                        <w:t>Von der Mediothek auszufüllen:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
                         </w:rPr>
-                        <w:t>Mediothek</w:t>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> auszufüllen:</w:t>
+                        <w:br/>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Ausweisnummer:                                          Name:</w:t>
+                        <w:t xml:space="preserve">Ausweisnummer:                                          </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
-              </v:shape>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B94D729" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
-[...154 lines deleted...]
-    <w:p w14:paraId="780F1443" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="44BA0771" w14:textId="21DE8692" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FBC643A" w14:textId="6C9C0FD5" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75893C68" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="695DC74E" w14:textId="57E9A1D2" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="2CDF5B8B" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB3EB0E" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="206E7DFA" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5E08AF" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Nutzungsvereinbarung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Mediothek Europaschule Bornheim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E3A7FA" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="6E801B2E" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DAFF896" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="439FAC6C" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schüler/Schülerin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E0795F" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="5FA676B0" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="189CF40D" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="10241468" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:left="6804" w:hanging="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Nachname: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584B5596" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="532FA4C9" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="6663" w:hanging="6663"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D1F448A" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="65D1860A" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vorname: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -559,727 +375,881 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1395554D" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3210115D" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:left="6804" w:hanging="6804"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Geburtsdatum: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F6256A" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="2D76ED8F" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1806476D" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="46845972" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Straße/Anschrift: </w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="3C47CEB4" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Nachname, Vorname des Erziehungsberechtigten: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6843BA" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="29D1ACE7" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60FB2430" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BE2E7C4" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1DA83BAD" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Telefon (optional):  </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="7AE23FD6" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+        <w:t>Straße, Hausnummer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A062773" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B7FBD6" w14:textId="570C2C6C" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="39244B2F" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Email</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="31452DC4" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+        <w:t xml:space="preserve">PLZ, Ort: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40650CD6" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="45F976B1" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FAA4182" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telefon (optional):  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A01B47" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364340CB" w14:textId="09865A91" w:rsidR="00702DDE" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Email de</w:t>
+      </w:r>
+      <w:r w:rsidR="003F49D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s Erziehungsberechtigten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1988F5" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="dashed" w:sz="4" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A7F758" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E4B50E0" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="31C8CABA" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Nutzung der Mediothek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6A5C6A" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7F1620A7" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Vereinbarung berechtigt zur Ausleihe von Medien aus der Mediothek der Europaschule Bornheim (Goethestraße 1, 53332 Bornheim). Sie endet mit dem Ende der Schulzeit an der Europaschule oder durch Kündigung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6853CE" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="0EEF93C4" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0663E513" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="18048BAA" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Satzung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4157B835" w14:textId="792377B0" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="016EBAD9" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Satzung regelt insbesondere die Ausleihbedingungen, die Nutzungsregeln und die Konsequenzen bei Verstößen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61ED5094" w14:textId="68838F75" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1002D241" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Mediothek behält sich die Änderung der Nutzungsbedingungen vor. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00680669">
+        <w:t>Die Mediothek behält sich die Änderung der Nutzungsbedingungen vor. Einsehen können Sie die Satzung in der Mediothek vor Ort oder über die Webseite europaschule-bornheim.eu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5748BCAA" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Einsehen können Sie die</w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="716DE56D" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7A9BD1" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Datenschutz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20077B43" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26B858D3" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Die im Rahmen dieser Vereinbarung erhobenen personenbezogenen Daten werden ausschließlich zur Verwaltung der Vereinbarung verwendet. Eine Weitergabe an Dritte erfolgt nicht. Die Datenschutzerklärung der Mediothek kann auf der Webseite der Europaschule oder in der Mediothek eingesehen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A108C22" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
-[...13 lines deleted...]
-    <w:p w14:paraId="00F83046" w14:textId="77777777" w:rsidR="00955EB7" w:rsidRDefault="00955EB7">
+    <w:p w14:paraId="09345D77" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C609870" w14:textId="3B4669AD" w:rsidR="00955EB7" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38F2444B" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________                        ____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ort, Datum                                                               Unterschrift Schüler</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00680669">
+        <w:t>Ort, Datum                                                               Unterschrift Schüler/in</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oder gesetzlicher Vertreter bei Minderjährigen</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00955EB7">
+    <w:sectPr w:rsidR="00702DDE">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="06FCC278" w14:textId="77777777" w:rsidR="00D444EF" w:rsidRDefault="00D444EF">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="596D22BE" w14:textId="77777777" w:rsidR="00D444EF" w:rsidRDefault="00D444EF">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Inter">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="9060" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3020"/>
+      <w:gridCol w:w="3020"/>
+      <w:gridCol w:w="3020"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00702DDE" w14:paraId="71753950" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7D03994A" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="0E1CB4B5" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7E4D2AF0" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="3924A348" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="41B38FBD" w14:textId="77777777" w:rsidR="00D444EF" w:rsidRDefault="00D444EF">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6BE951A7" w14:textId="77777777" w:rsidR="00D444EF" w:rsidRDefault="00D444EF">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="9060" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3020"/>
+      <w:gridCol w:w="3020"/>
+      <w:gridCol w:w="3020"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00702DDE" w14:paraId="2C2E76B5" w14:textId="77777777">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="34F151D7" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="28DD72BC" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3020" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="528750AA" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0D8CB547" w14:textId="77777777" w:rsidR="00702DDE" w:rsidRDefault="00702DDE">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00955EB7"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00DD0C41"/>
+    <w:rsidRoot w:val="00702DDE"/>
+    <w:rsid w:val="0008192B"/>
+    <w:rsid w:val="00147C70"/>
+    <w:rsid w:val="002058DB"/>
+    <w:rsid w:val="003F49D3"/>
+    <w:rsid w:val="005C6846"/>
+    <w:rsid w:val="00702DDE"/>
+    <w:rsid w:val="00B42483"/>
+    <w:rsid w:val="00D444EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="de-DE"/>
+  <w:themeFontLang w:val="de-DE" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5D1E8432"/>
-  <w15:docId w15:val="{60427AC4-52C8-4980-AB8B-C53867A40049}"/>
+  <w14:docId w14:val="3D17C0B9"/>
+  <w15:docId w15:val="{6CC8B697-57A8-4919-8D1D-C2613518C2FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Inter" w:eastAsia="Inter" w:hAnsi="Inter" w:cs="Inter"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1621,270 +1591,377 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="40"/>
+      <w:spacing w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Internetverknpfung">
+    <w:name w:val="Internetverknüpfung"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00680669"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00680669"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="berschrift">
+    <w:name w:val="Überschrift"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Textkrper"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textkrper">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Textkrper"/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beschriftung">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Verzeichnis">
+    <w:name w:val="Verzeichnis"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="berschrift"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Untertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="berschrift"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="71B85CF1"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kopf-undFuzeile">
+    <w:name w:val="Kopf- und Fußzeile"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Kopf-undFuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="71B85CF1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Kopf-undFuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="71B85CF1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rahmeninhalt">
+    <w:name w:val="Rahmeninhalt"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
-[...56 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="Tabellenraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2168,50 +2245,54 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>178</Words>
-  <Characters>1122</Characters>
+  <Words>183</Words>
+  <Characters>1159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1298</CharactersWithSpaces>
+  <CharactersWithSpaces>1340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Weissenborn.Julia</dc:creator>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>de-DE</dc:language>
 </cp:coreProperties>
 </file>